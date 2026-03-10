--- v0 (2025-10-26)
+++ v1 (2026-03-10)
@@ -5,81 +5,84 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Nowe Wydzialy\KM\projekt_gruczoł_krokowy\zdrowe dane\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Nowe Wydzialy\KM\projekt_gruczoł_krokowy\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4575A77E-FF92-4A26-8FE8-B792B971DA48}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6E04EDF7-E0E7-48A3-AC45-82F75DA1942F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="38280" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="zachorowalność" sheetId="1" r:id="rId1"/>
     <sheet name="wydatki" sheetId="10" r:id="rId2"/>
     <sheet name="przeżywalność" sheetId="11" r:id="rId3"/>
     <sheet name="metodyka" sheetId="2" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="koszty_latami_irkc_do_zalacznika_ow" localSheetId="1">wydatki!#REF!</definedName>
     <definedName name="koszty_nowe_pacjentki_irkc" localSheetId="1">wydatki!#REF!</definedName>
     <definedName name="ogolem_koszty_nowe_pacjentki_rok_zachorowania_irkc" localSheetId="1">wydatki!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="66">
   <si>
     <t>Rok diagnozy</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
@@ -449,59 +452,59 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...2 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Dziesiętny" xfId="1" builtinId="3"/>
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
     <cellStyle name="Procentowy" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -751,1035 +754,1035 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:L40"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="E10" sqref="E10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="20.6640625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A1" s="16" t="s">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1" s="18" t="s">
         <v>36</v>
       </c>
-      <c r="B1" s="16"/>
-[...8 lines deleted...]
-    <row r="2" spans="1:12" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+    </row>
+    <row r="2" spans="1:12" ht="45" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A3" s="2">
         <v>2013</v>
       </c>
       <c r="B3" s="3">
         <v>11.157</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A4" s="2">
         <v>2014</v>
       </c>
       <c r="B4" s="3">
         <v>11.874000000000001</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
         <v>2015</v>
       </c>
       <c r="B5" s="3">
         <v>14.545999999999999</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
         <v>2016</v>
       </c>
       <c r="B6" s="3">
         <v>16.552</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
         <v>2017</v>
       </c>
       <c r="B7" s="3">
         <v>17.350000000000001</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A8" s="2">
         <v>2018</v>
       </c>
       <c r="B8" s="3">
         <v>17.698</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
         <v>2019</v>
       </c>
       <c r="B9" s="3">
         <v>19.047000000000001</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A10" s="2">
         <v>2020</v>
       </c>
       <c r="B10" s="3">
         <v>15.678000000000001</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A11" s="2">
         <v>2021</v>
       </c>
       <c r="B11" s="3">
         <v>18.701000000000001</v>
       </c>
     </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A12" s="2">
         <v>2022</v>
       </c>
       <c r="B12" s="3">
         <v>22.457000000000001</v>
       </c>
     </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A13" s="13">
         <v>2023</v>
       </c>
       <c r="B13" s="3">
         <v>24.442</v>
       </c>
     </row>
-    <row r="15" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A15" s="17" t="s">
+    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A15" s="19" t="s">
         <v>38</v>
       </c>
-      <c r="B15" s="17"/>
-[...9 lines deleted...]
-    <row r="16" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="B15" s="19"/>
+      <c r="C15" s="19"/>
+      <c r="D15" s="19"/>
+      <c r="E15" s="19"/>
+      <c r="F15" s="19"/>
+      <c r="G15" s="19"/>
+      <c r="H15" s="19"/>
+      <c r="I15" s="19"/>
+      <c r="J15" s="19"/>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
         <v>27</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>3</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F16" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>6</v>
       </c>
       <c r="H16" s="9" t="s">
         <v>7</v>
       </c>
       <c r="I16" s="9" t="s">
         <v>8</v>
       </c>
       <c r="J16" s="9" t="s">
         <v>9</v>
       </c>
       <c r="K16" s="9" t="s">
         <v>10</v>
       </c>
       <c r="L16" s="9" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="3">
         <v>0.755</v>
       </c>
       <c r="C17" s="3">
         <v>0.83199999999999996</v>
       </c>
       <c r="D17" s="3">
         <v>1.0109999999999999</v>
       </c>
       <c r="E17" s="3">
         <v>1.1459999999999999</v>
       </c>
       <c r="F17" s="3">
         <v>1.2410000000000001</v>
       </c>
       <c r="G17" s="3">
         <v>1.304</v>
       </c>
       <c r="H17" s="3">
         <v>1.4339999999999999</v>
       </c>
       <c r="I17" s="3">
         <v>1.3049999999999999</v>
       </c>
       <c r="J17" s="3">
         <v>1.454</v>
       </c>
       <c r="K17" s="3">
         <v>1.776</v>
       </c>
       <c r="L17" s="3">
         <v>1.7729999999999999</v>
       </c>
     </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="3">
         <v>0.499</v>
       </c>
       <c r="C18" s="3">
         <v>0.65600000000000003</v>
       </c>
       <c r="D18" s="3">
         <v>0.82799999999999996</v>
       </c>
       <c r="E18" s="3">
         <v>0.99299999999999999</v>
       </c>
       <c r="F18" s="3">
         <v>1.016</v>
       </c>
       <c r="G18" s="3">
         <v>1.1319999999999999</v>
       </c>
       <c r="H18" s="3">
         <v>1.0980000000000001</v>
       </c>
       <c r="I18" s="3">
         <v>0.876</v>
       </c>
       <c r="J18" s="3">
         <v>0.96299999999999997</v>
       </c>
       <c r="K18" s="3">
         <v>1.173</v>
       </c>
       <c r="L18" s="3">
         <v>1.325</v>
       </c>
     </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B19" s="3">
         <v>0.53400000000000003</v>
       </c>
       <c r="C19" s="3">
         <v>0.54500000000000004</v>
       </c>
       <c r="D19" s="3">
         <v>0.71699999999999997</v>
       </c>
       <c r="E19" s="3">
         <v>0.8</v>
       </c>
       <c r="F19" s="3">
         <v>1.0489999999999999</v>
       </c>
       <c r="G19" s="3">
         <v>0.92800000000000005</v>
       </c>
       <c r="H19" s="3">
         <v>1.1180000000000001</v>
       </c>
       <c r="I19" s="3">
         <v>0.83899999999999997</v>
       </c>
       <c r="J19" s="3">
         <v>1.0760000000000001</v>
       </c>
       <c r="K19" s="3">
         <v>1.353</v>
       </c>
       <c r="L19" s="3">
         <v>1.629</v>
       </c>
     </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B20" s="3">
         <v>0.30599999999999999</v>
       </c>
       <c r="C20" s="3">
         <v>0.34499999999999997</v>
       </c>
       <c r="D20" s="3">
         <v>0.39300000000000002</v>
       </c>
       <c r="E20" s="3">
         <v>0.48699999999999999</v>
       </c>
       <c r="F20" s="3">
         <v>0.46899999999999997</v>
       </c>
       <c r="G20" s="3">
         <v>0.443</v>
       </c>
       <c r="H20" s="3">
         <v>0.56499999999999995</v>
       </c>
       <c r="I20" s="3">
         <v>0.45700000000000002</v>
       </c>
       <c r="J20" s="3">
         <v>0.54200000000000004</v>
       </c>
       <c r="K20" s="3">
         <v>0.64</v>
       </c>
       <c r="L20" s="3">
         <v>0.73099999999999998</v>
       </c>
     </row>
-    <row r="21" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B21" s="3">
         <v>0.752</v>
       </c>
       <c r="C21" s="3">
         <v>0.76400000000000001</v>
       </c>
       <c r="D21" s="3">
         <v>0.97899999999999998</v>
       </c>
       <c r="E21" s="3">
         <v>1.073</v>
       </c>
       <c r="F21" s="3">
         <v>1.0649999999999999</v>
       </c>
       <c r="G21" s="3">
         <v>1.1299999999999999</v>
       </c>
       <c r="H21" s="3">
         <v>1.1890000000000001</v>
       </c>
       <c r="I21" s="3">
         <v>0.92400000000000004</v>
       </c>
       <c r="J21" s="3">
         <v>1.22</v>
       </c>
       <c r="K21" s="3">
         <v>1.425</v>
       </c>
       <c r="L21" s="3">
         <v>1.5760000000000001</v>
       </c>
     </row>
-    <row r="22" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B22" s="3">
         <v>0.90100000000000002</v>
       </c>
       <c r="C22" s="3">
         <v>1.03</v>
       </c>
       <c r="D22" s="3">
         <v>1.179</v>
       </c>
       <c r="E22" s="3">
         <v>1.38</v>
       </c>
       <c r="F22" s="3">
         <v>1.468</v>
       </c>
       <c r="G22" s="3">
         <v>1.401</v>
       </c>
       <c r="H22" s="3">
         <v>1.4039999999999999</v>
       </c>
       <c r="I22" s="3">
         <v>1.248</v>
       </c>
       <c r="J22" s="3">
         <v>1.4330000000000001</v>
       </c>
       <c r="K22" s="3">
         <v>1.61</v>
       </c>
       <c r="L22" s="3">
         <v>1.746</v>
       </c>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="3">
         <v>1.746</v>
       </c>
       <c r="C23" s="3">
         <v>1.885</v>
       </c>
       <c r="D23" s="3">
         <v>2.323</v>
       </c>
       <c r="E23" s="3">
         <v>2.6030000000000002</v>
       </c>
       <c r="F23" s="3">
         <v>2.621</v>
       </c>
       <c r="G23" s="3">
         <v>2.4740000000000002</v>
       </c>
       <c r="H23" s="3">
         <v>2.573</v>
       </c>
       <c r="I23" s="3">
         <v>2.254</v>
       </c>
       <c r="J23" s="3">
         <v>2.6230000000000002</v>
       </c>
       <c r="K23" s="3">
         <v>3.1360000000000001</v>
       </c>
       <c r="L23" s="3">
         <v>3.3490000000000002</v>
       </c>
     </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="3">
         <v>0.248</v>
       </c>
       <c r="C24" s="3">
         <v>0.28199999999999997</v>
       </c>
       <c r="D24" s="3">
         <v>0.34399999999999997</v>
       </c>
       <c r="E24" s="3">
         <v>0.378</v>
       </c>
       <c r="F24" s="3">
         <v>0.38900000000000001</v>
       </c>
       <c r="G24" s="3">
         <v>0.39400000000000002</v>
       </c>
       <c r="H24" s="3">
         <v>0.47499999999999998</v>
       </c>
       <c r="I24" s="3">
         <v>0.38600000000000001</v>
       </c>
       <c r="J24" s="3">
         <v>0.42899999999999999</v>
       </c>
       <c r="K24" s="3">
         <v>0.44</v>
       </c>
       <c r="L24" s="3">
         <v>0.51500000000000001</v>
       </c>
     </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B25" s="3">
         <v>0.55800000000000005</v>
       </c>
       <c r="C25" s="3">
         <v>0.56299999999999994</v>
       </c>
       <c r="D25" s="3">
         <v>0.72699999999999998</v>
       </c>
       <c r="E25" s="3">
         <v>0.86</v>
       </c>
       <c r="F25" s="3">
         <v>0.92400000000000004</v>
       </c>
       <c r="G25" s="3">
         <v>0.94599999999999995</v>
       </c>
       <c r="H25" s="3">
         <v>0.91600000000000004</v>
       </c>
       <c r="I25" s="3">
         <v>0.70799999999999996</v>
       </c>
       <c r="J25" s="3">
         <v>0.83799999999999997</v>
       </c>
       <c r="K25" s="3">
         <v>1.1120000000000001</v>
       </c>
       <c r="L25" s="3">
         <v>1.304</v>
       </c>
     </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B26" s="3">
         <v>0.42399999999999999</v>
       </c>
       <c r="C26" s="3">
         <v>0.35299999999999998</v>
       </c>
       <c r="D26" s="3">
         <v>0.439</v>
       </c>
       <c r="E26" s="3">
         <v>0.48499999999999999</v>
       </c>
       <c r="F26" s="3">
         <v>0.504</v>
       </c>
       <c r="G26" s="3">
         <v>0.51900000000000002</v>
       </c>
       <c r="H26" s="3">
         <v>0.53700000000000003</v>
       </c>
       <c r="I26" s="3">
         <v>0.47699999999999998</v>
       </c>
       <c r="J26" s="3">
         <v>0.60799999999999998</v>
       </c>
       <c r="K26" s="3">
         <v>0.78800000000000003</v>
       </c>
       <c r="L26" s="3">
         <v>0.81899999999999995</v>
       </c>
     </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B27" s="3">
         <v>0.72899999999999998</v>
       </c>
       <c r="C27" s="3">
         <v>0.81799999999999995</v>
       </c>
       <c r="D27" s="3">
         <v>0.90400000000000003</v>
       </c>
       <c r="E27" s="3">
         <v>1.038</v>
       </c>
       <c r="F27" s="3">
         <v>1.125</v>
       </c>
       <c r="G27" s="3">
         <v>1.27</v>
       </c>
       <c r="H27" s="3">
         <v>1.3580000000000001</v>
       </c>
       <c r="I27" s="3">
         <v>1.101</v>
       </c>
       <c r="J27" s="3">
         <v>1.337</v>
       </c>
       <c r="K27" s="3">
         <v>1.4990000000000001</v>
       </c>
       <c r="L27" s="3">
         <v>1.6579999999999999</v>
       </c>
     </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B28" s="3">
         <v>1.4610000000000001</v>
       </c>
       <c r="C28" s="3">
         <v>1.3959999999999999</v>
       </c>
       <c r="D28" s="3">
         <v>1.7150000000000001</v>
       </c>
       <c r="E28" s="3">
         <v>1.9379999999999999</v>
       </c>
       <c r="F28" s="3">
         <v>1.835</v>
       </c>
       <c r="G28" s="3">
         <v>2.056</v>
       </c>
       <c r="H28" s="3">
         <v>2.274</v>
       </c>
       <c r="I28" s="3">
         <v>1.9139999999999999</v>
       </c>
       <c r="J28" s="3">
         <v>2.2829999999999999</v>
       </c>
       <c r="K28" s="3">
         <v>2.7869999999999999</v>
       </c>
       <c r="L28" s="3">
         <v>2.8919999999999999</v>
       </c>
     </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B29" s="3">
         <v>0.34</v>
       </c>
       <c r="C29" s="3">
         <v>0.38200000000000001</v>
       </c>
       <c r="D29" s="3">
         <v>0.51600000000000001</v>
       </c>
       <c r="E29" s="3">
         <v>0.60899999999999999</v>
       </c>
       <c r="F29" s="3">
         <v>0.65100000000000002</v>
       </c>
       <c r="G29" s="3">
         <v>0.64700000000000002</v>
       </c>
       <c r="H29" s="3">
         <v>0.746</v>
       </c>
       <c r="I29" s="3">
         <v>0.499</v>
       </c>
       <c r="J29" s="3">
         <v>0.751</v>
       </c>
       <c r="K29" s="3">
         <v>0.86399999999999999</v>
       </c>
       <c r="L29" s="3">
         <v>1.004</v>
       </c>
     </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B30" s="3">
         <v>0.38</v>
       </c>
       <c r="C30" s="3">
         <v>0.45100000000000001</v>
       </c>
       <c r="D30" s="3">
         <v>0.54500000000000004</v>
       </c>
       <c r="E30" s="3">
         <v>0.58799999999999997</v>
       </c>
       <c r="F30" s="3">
         <v>0.58299999999999996</v>
       </c>
       <c r="G30" s="3">
         <v>0.64800000000000002</v>
       </c>
       <c r="H30" s="3">
         <v>0.69599999999999995</v>
       </c>
       <c r="I30" s="3">
         <v>0.54100000000000004</v>
       </c>
       <c r="J30" s="3">
         <v>0.61799999999999999</v>
       </c>
       <c r="K30" s="3">
         <v>0.73199999999999998</v>
       </c>
       <c r="L30" s="3">
         <v>0.89100000000000001</v>
       </c>
     </row>
-    <row r="31" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B31" s="3">
         <v>0.94399999999999995</v>
       </c>
       <c r="C31" s="3">
         <v>0.90900000000000003</v>
       </c>
       <c r="D31" s="3">
         <v>1.161</v>
       </c>
       <c r="E31" s="3">
         <v>1.2749999999999999</v>
       </c>
       <c r="F31" s="3">
         <v>1.464</v>
       </c>
       <c r="G31" s="3">
         <v>1.5089999999999999</v>
       </c>
       <c r="H31" s="3">
         <v>1.601</v>
       </c>
       <c r="I31" s="3">
         <v>1.351</v>
       </c>
       <c r="J31" s="3">
         <v>1.5860000000000001</v>
       </c>
       <c r="K31" s="3">
         <v>1.887</v>
       </c>
       <c r="L31" s="3">
         <v>2.0009999999999999</v>
       </c>
     </row>
-    <row r="32" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B32" s="3">
         <v>0.57799999999999996</v>
       </c>
       <c r="C32" s="3">
         <v>0.65800000000000003</v>
       </c>
       <c r="D32" s="3">
         <v>0.76</v>
       </c>
       <c r="E32" s="3">
         <v>0.89800000000000002</v>
       </c>
       <c r="F32" s="3">
         <v>0.94199999999999995</v>
       </c>
       <c r="G32" s="3">
         <v>0.89700000000000002</v>
       </c>
       <c r="H32" s="3">
         <v>1.0589999999999999</v>
       </c>
       <c r="I32" s="3">
         <v>0.79500000000000004</v>
       </c>
       <c r="J32" s="3">
         <v>0.93500000000000005</v>
       </c>
       <c r="K32" s="3">
         <v>1.1020000000000001</v>
       </c>
       <c r="L32" s="3">
         <v>1.137</v>
       </c>
     </row>
-    <row r="34" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A34" s="16" t="s">
+    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A34" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="B34" s="16"/>
-[...10 lines deleted...]
-    <row r="35" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="B34" s="18"/>
+      <c r="C34" s="18"/>
+      <c r="D34" s="18"/>
+      <c r="E34" s="18"/>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+      <c r="K34" s="18"/>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A35" s="9" t="s">
         <v>28</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C35" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>3</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G35" s="9" t="s">
         <v>6</v>
       </c>
       <c r="H35" s="9" t="s">
         <v>7</v>
       </c>
       <c r="I35" s="9" t="s">
         <v>8</v>
       </c>
       <c r="J35" s="9" t="s">
         <v>9</v>
       </c>
       <c r="K35" s="9" t="s">
         <v>10</v>
       </c>
       <c r="L35" s="9" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="36" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B36" s="3">
         <v>7.0999999999999994E-2</v>
       </c>
       <c r="C36" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="D36" s="3">
         <v>8.1000000000000003E-2</v>
       </c>
       <c r="E36" s="3">
         <v>0.10100000000000001</v>
       </c>
       <c r="F36" s="3">
         <v>0.124</v>
       </c>
       <c r="G36" s="3">
         <v>0.113</v>
       </c>
       <c r="H36" s="3">
         <v>0.105</v>
       </c>
       <c r="I36" s="3">
         <v>0.13</v>
       </c>
       <c r="J36" s="3">
         <v>0.152</v>
       </c>
       <c r="K36" s="3">
         <v>0.17799999999999999</v>
       </c>
       <c r="L36" s="3">
         <v>0.19400000000000001</v>
       </c>
     </row>
-    <row r="37" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B37" s="3">
         <v>1.3009999999999999</v>
       </c>
       <c r="C37" s="3">
         <v>1.38</v>
       </c>
       <c r="D37" s="3">
         <v>1.675</v>
       </c>
       <c r="E37" s="3">
         <v>1.6919999999999999</v>
       </c>
       <c r="F37" s="3">
         <v>1.7210000000000001</v>
       </c>
       <c r="G37" s="3">
         <v>1.663</v>
       </c>
       <c r="H37" s="3">
         <v>1.633</v>
       </c>
       <c r="I37" s="3">
         <v>1.343</v>
       </c>
       <c r="J37" s="3">
         <v>1.4670000000000001</v>
       </c>
       <c r="K37" s="3">
         <v>1.8129999999999999</v>
       </c>
       <c r="L37" s="3">
         <v>2.089</v>
       </c>
     </row>
-    <row r="38" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B38" s="3">
         <v>4.7729999999999997</v>
       </c>
       <c r="C38" s="3">
         <v>5.3010000000000002</v>
       </c>
       <c r="D38" s="3">
         <v>6.6630000000000003</v>
       </c>
       <c r="E38" s="3">
         <v>7.5439999999999996</v>
       </c>
       <c r="F38" s="3">
         <v>7.8719999999999999</v>
       </c>
       <c r="G38" s="3">
         <v>7.8650000000000002</v>
       </c>
       <c r="H38" s="3">
         <v>8.2409999999999997</v>
       </c>
       <c r="I38" s="3">
         <v>6.7850000000000001</v>
       </c>
       <c r="J38" s="3">
         <v>7.7069999999999999</v>
       </c>
       <c r="K38" s="3">
         <v>9.1140000000000008</v>
       </c>
       <c r="L38" s="3">
         <v>9.5630000000000006</v>
       </c>
     </row>
-    <row r="39" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B39" s="3">
         <v>3.9420000000000002</v>
       </c>
       <c r="C39" s="3">
         <v>3.98</v>
       </c>
       <c r="D39" s="3">
         <v>4.7569999999999997</v>
       </c>
       <c r="E39" s="3">
         <v>5.6239999999999997</v>
       </c>
       <c r="F39" s="3">
         <v>6.01</v>
       </c>
       <c r="G39" s="3">
         <v>6.3860000000000001</v>
       </c>
       <c r="H39" s="3">
         <v>7.202</v>
       </c>
       <c r="I39" s="3">
         <v>5.9249999999999998</v>
       </c>
       <c r="J39" s="3">
         <v>7.4859999999999998</v>
       </c>
       <c r="K39" s="3">
         <v>9.2520000000000007</v>
       </c>
       <c r="L39" s="3">
         <v>10.404999999999999</v>
       </c>
     </row>
-    <row r="40" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B40" s="3">
         <v>1.07</v>
       </c>
       <c r="C40" s="3">
         <v>1.143</v>
       </c>
       <c r="D40" s="3">
         <v>1.37</v>
       </c>
       <c r="E40" s="3">
         <v>1.591</v>
       </c>
       <c r="F40" s="3">
         <v>1.623</v>
       </c>
       <c r="G40" s="3">
         <v>1.671</v>
       </c>
       <c r="H40" s="3">
         <v>1.8660000000000001</v>
       </c>
       <c r="I40" s="3">
@@ -1796,3101 +1799,3101 @@
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A15:J15"/>
     <mergeCell ref="A34:K34"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="B16:K16 B35:K35" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:I192"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G180" sqref="G180"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="19.88671875" customWidth="1"/>
+    <col min="2" max="2" width="19.85546875" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="19" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A1" s="16" t="s">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A1" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="B1" s="16"/>
-[...8 lines deleted...]
-    <row r="2" spans="1:9" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+    </row>
+    <row r="2" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>34</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2">
         <v>2013</v>
       </c>
       <c r="B3" s="14">
         <v>373.33</v>
       </c>
       <c r="C3" s="14">
         <v>26.81</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2">
         <v>2014</v>
       </c>
       <c r="B4" s="14">
         <v>398.06</v>
       </c>
       <c r="C4" s="14">
         <v>26.56</v>
       </c>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
         <v>2015</v>
       </c>
       <c r="B5" s="14">
         <v>475.17</v>
       </c>
       <c r="C5" s="14">
         <v>26.1</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
         <v>2016</v>
       </c>
       <c r="B6" s="14">
         <v>539.34</v>
       </c>
       <c r="C6" s="14">
         <v>25.93</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
         <v>2017</v>
       </c>
       <c r="B7" s="14">
         <v>565.54999999999995</v>
       </c>
       <c r="C7" s="14">
         <v>26.07</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2">
         <v>2018</v>
       </c>
       <c r="B8" s="14">
         <v>577.84</v>
       </c>
       <c r="C8" s="14">
         <v>26.19</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
         <v>2019</v>
       </c>
       <c r="B9" s="14">
         <v>606.29999999999995</v>
       </c>
       <c r="C9" s="14">
         <v>25.58</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="2">
         <v>2020</v>
       </c>
       <c r="B10" s="14">
         <v>491.74</v>
       </c>
       <c r="C10" s="14">
         <v>25.38</v>
       </c>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="2">
         <v>2021</v>
       </c>
       <c r="B11" s="14">
         <v>576.98</v>
       </c>
       <c r="C11" s="14">
         <v>24.91</v>
       </c>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2">
         <v>2022</v>
       </c>
       <c r="B12" s="14">
         <v>753.08</v>
       </c>
       <c r="C12" s="14">
         <v>27.16</v>
       </c>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2">
         <v>2023</v>
       </c>
       <c r="B13" s="14">
         <v>836.73</v>
       </c>
       <c r="C13" s="14">
         <v>27.84</v>
       </c>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A15" s="16" t="s">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="B15" s="16"/>
-[...8 lines deleted...]
-    <row r="16" spans="1:9" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B15" s="18"/>
+      <c r="C15" s="18"/>
+      <c r="D15" s="18"/>
+      <c r="E15" s="18"/>
+      <c r="F15" s="18"/>
+      <c r="G15" s="18"/>
+      <c r="H15" s="18"/>
+      <c r="I15" s="18"/>
+    </row>
+    <row r="16" spans="1:9" ht="60" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>34</v>
       </c>
       <c r="D16" s="7" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="12">
         <v>2013</v>
       </c>
       <c r="B17" s="12">
         <v>1</v>
       </c>
       <c r="C17" s="3">
         <v>24.497600229152003</v>
       </c>
       <c r="D17" s="3">
         <v>28.618691856485999</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="12">
         <v>2013</v>
       </c>
       <c r="B18" s="12">
         <v>2</v>
       </c>
       <c r="C18" s="3">
         <v>29.564373722040003</v>
       </c>
       <c r="D18" s="3">
         <v>31.585869361153801</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="12">
         <v>2013</v>
       </c>
       <c r="B19" s="12">
         <v>3</v>
       </c>
       <c r="C19" s="3">
         <v>16.971960430113</v>
       </c>
       <c r="D19" s="3">
         <v>28.6688520778936</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="12">
         <v>2013</v>
       </c>
       <c r="B20" s="12">
         <v>4</v>
       </c>
       <c r="C20" s="3">
         <v>7.3592395722460004</v>
       </c>
       <c r="D20" s="3">
         <v>15.624712467613602</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="12">
         <v>2013</v>
       </c>
       <c r="B21" s="12">
         <v>5</v>
       </c>
       <c r="C21" s="3">
         <v>21.418793377957002</v>
       </c>
       <c r="D21" s="3">
         <v>24.394981068288203</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="12">
         <v>2013</v>
       </c>
       <c r="B22" s="12">
         <v>6</v>
       </c>
       <c r="C22" s="3">
         <v>24.581039560770002</v>
       </c>
       <c r="D22" s="3">
         <v>22.265434384755402</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="12">
         <v>2013</v>
       </c>
       <c r="B23" s="12">
         <v>7</v>
       </c>
       <c r="C23" s="3">
         <v>56.594804897495997</v>
       </c>
       <c r="D23" s="3">
         <v>27.065903824723101</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="12">
         <v>2013</v>
       </c>
       <c r="B24" s="12">
         <v>8</v>
       </c>
       <c r="C24" s="3">
         <v>3.5358859753140002</v>
       </c>
       <c r="D24" s="3">
         <v>11.8257056030569</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="12">
         <v>2013</v>
       </c>
       <c r="B25" s="12">
         <v>9</v>
       </c>
       <c r="C25" s="3">
         <v>18.919701999522001</v>
       </c>
       <c r="D25" s="3">
         <v>31.2722347099537</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="12">
         <v>2013</v>
       </c>
       <c r="B26" s="12">
         <v>10</v>
       </c>
       <c r="C26" s="3">
         <v>14.477276456086001</v>
       </c>
       <c r="D26" s="3">
         <v>31.0005919830535</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="12">
         <v>2013</v>
       </c>
       <c r="B27" s="12">
         <v>11</v>
       </c>
       <c r="C27" s="3">
         <v>20.285151099031999</v>
       </c>
       <c r="D27" s="3">
         <v>25.261707470774599</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="12">
         <v>2013</v>
       </c>
       <c r="B28" s="12">
         <v>12</v>
       </c>
       <c r="C28" s="3">
         <v>55.473037033444001</v>
       </c>
       <c r="D28" s="3">
         <v>28.787253260739</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="12">
         <v>2013</v>
       </c>
       <c r="B29" s="12">
         <v>13</v>
       </c>
       <c r="C29" s="3">
         <v>15.783677554073</v>
       </c>
       <c r="D29" s="3">
         <v>26.175252991829197</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="12">
         <v>2013</v>
       </c>
       <c r="B30" s="12">
         <v>14</v>
       </c>
       <c r="C30" s="3">
         <v>10.749429518723</v>
       </c>
       <c r="D30" s="3">
         <v>23.994262318578102</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="12">
         <v>2013</v>
       </c>
       <c r="B31" s="12">
         <v>15</v>
       </c>
       <c r="C31" s="3">
         <v>35.708125245631003</v>
       </c>
       <c r="D31" s="3">
         <v>31.186135585703902</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="12">
         <v>2013</v>
       </c>
       <c r="B32" s="12">
         <v>16</v>
       </c>
       <c r="C32" s="3">
         <v>17.406187987916997</v>
       </c>
       <c r="D32" s="3">
         <v>24.9730100257059</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="12">
         <v>2014</v>
       </c>
       <c r="B33" s="12">
         <v>1</v>
       </c>
       <c r="C33" s="3">
         <v>26.924186497869997</v>
       </c>
       <c r="D33" s="3">
         <v>28.104578807797502</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="12">
         <v>2014</v>
       </c>
       <c r="B34" s="12">
         <v>2</v>
       </c>
       <c r="C34" s="3">
         <v>29.818346060362998</v>
       </c>
       <c r="D34" s="3">
         <v>25.312687657354001</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="12">
         <v>2014</v>
       </c>
       <c r="B35" s="12">
         <v>3</v>
       </c>
       <c r="C35" s="3">
         <v>16.923093041908</v>
       </c>
       <c r="D35" s="3">
         <v>29.329450679216599</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="12">
         <v>2014</v>
       </c>
       <c r="B36" s="12">
         <v>4</v>
       </c>
       <c r="C36" s="3">
         <v>10.079968510841999</v>
       </c>
       <c r="D36" s="3">
         <v>19.497037738572502</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="12">
         <v>2014</v>
       </c>
       <c r="B37" s="12">
         <v>5</v>
       </c>
       <c r="C37" s="3">
         <v>25.095649372669001</v>
       </c>
       <c r="D37" s="3">
         <v>27.8840548585211</v>
       </c>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="12">
         <v>2014</v>
       </c>
       <c r="B38" s="12">
         <v>6</v>
       </c>
       <c r="C38" s="3">
         <v>27.553462448971</v>
       </c>
       <c r="D38" s="3">
         <v>21.798625355198602</v>
       </c>
     </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="12">
         <v>2014</v>
       </c>
       <c r="B39" s="12">
         <v>7</v>
       </c>
       <c r="C39" s="3">
         <v>62.629935791477003</v>
       </c>
       <c r="D39" s="3">
         <v>27.872690605908801</v>
       </c>
     </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="12">
         <v>2014</v>
       </c>
       <c r="B40" s="12">
         <v>8</v>
       </c>
       <c r="C40" s="3">
         <v>3.870188792889</v>
       </c>
       <c r="D40" s="3">
         <v>12.019219853692501</v>
       </c>
     </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="12">
         <v>2014</v>
       </c>
       <c r="B41" s="12">
         <v>9</v>
       </c>
       <c r="C41" s="3">
         <v>18.394987017910999</v>
       </c>
       <c r="D41" s="3">
         <v>28.213170272869601</v>
       </c>
     </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="12">
         <v>2014</v>
       </c>
       <c r="B42" s="12">
         <v>10</v>
       </c>
       <c r="C42" s="3">
         <v>11.956873673445999</v>
       </c>
       <c r="D42" s="3">
         <v>29.817640083406499</v>
       </c>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="12">
         <v>2014</v>
       </c>
       <c r="B43" s="12">
         <v>11</v>
       </c>
       <c r="C43" s="3">
         <v>19.831480372561998</v>
       </c>
       <c r="D43" s="3">
         <v>22.2825622163618</v>
       </c>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="12">
         <v>2014</v>
       </c>
       <c r="B44" s="12">
         <v>12</v>
       </c>
       <c r="C44" s="3">
         <v>54.963358893290994</v>
       </c>
       <c r="D44" s="3">
         <v>29.298165721370502</v>
       </c>
     </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="12">
         <v>2014</v>
       </c>
       <c r="B45" s="12">
         <v>13</v>
       </c>
       <c r="C45" s="3">
         <v>20.987427477577999</v>
       </c>
       <c r="D45" s="3">
         <v>29.643259149121498</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="12">
         <v>2014</v>
       </c>
       <c r="B46" s="12">
         <v>14</v>
       </c>
       <c r="C46" s="3">
         <v>12.402366103594</v>
       </c>
       <c r="D46" s="3">
         <v>22.147082327846402</v>
       </c>
     </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="12">
         <v>2014</v>
       </c>
       <c r="B47" s="12">
         <v>15</v>
       </c>
       <c r="C47" s="3">
         <v>36.562224260302997</v>
       </c>
       <c r="D47" s="3">
         <v>32.185056567168097</v>
       </c>
     </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="12">
         <v>2014</v>
       </c>
       <c r="B48" s="12">
         <v>16</v>
       </c>
       <c r="C48" s="3">
         <v>20.066813610434</v>
       </c>
       <c r="D48" s="3">
         <v>25.083517013042499</v>
       </c>
     </row>
-    <row r="49" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" s="12">
         <v>2015</v>
       </c>
       <c r="B49" s="12">
         <v>1</v>
       </c>
       <c r="C49" s="3">
         <v>31.502075108376001</v>
       </c>
       <c r="D49" s="3">
         <v>27.133570291452202</v>
       </c>
     </row>
-    <row r="50" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="12">
         <v>2015</v>
       </c>
       <c r="B50" s="12">
         <v>2</v>
       </c>
       <c r="C50" s="3">
         <v>36.394805056825</v>
       </c>
       <c r="D50" s="3">
         <v>25.344571766591201</v>
       </c>
     </row>
-    <row r="51" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="12">
         <v>2015</v>
       </c>
       <c r="B51" s="12">
         <v>3</v>
       </c>
       <c r="C51" s="3">
         <v>20.090095789576001</v>
       </c>
       <c r="D51" s="3">
         <v>26.158978892677101</v>
       </c>
     </row>
-    <row r="52" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="12">
         <v>2015</v>
       </c>
       <c r="B52" s="12">
         <v>4</v>
       </c>
       <c r="C52" s="3">
         <v>9.7128073162510002</v>
       </c>
       <c r="D52" s="3">
         <v>16.462385281781401</v>
       </c>
     </row>
-    <row r="53" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="12">
         <v>2015</v>
       </c>
       <c r="B53" s="12">
         <v>5</v>
       </c>
       <c r="C53" s="3">
         <v>29.777504108612</v>
       </c>
       <c r="D53" s="3">
         <v>25.086355609614198</v>
       </c>
     </row>
-    <row r="54" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="12">
         <v>2015</v>
       </c>
       <c r="B54" s="12">
         <v>6</v>
       </c>
       <c r="C54" s="3">
         <v>36.236904196285003</v>
       </c>
       <c r="D54" s="3">
         <v>24.905088794697601</v>
       </c>
     </row>
-    <row r="55" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="12">
         <v>2015</v>
       </c>
       <c r="B55" s="12">
         <v>7</v>
       </c>
       <c r="C55" s="3">
         <v>73.95753549844099</v>
       </c>
       <c r="D55" s="3">
         <v>26.893649272160403</v>
       </c>
     </row>
-    <row r="56" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="12">
         <v>2015</v>
       </c>
       <c r="B56" s="12">
         <v>8</v>
       </c>
       <c r="C56" s="3">
         <v>6.2082168331330001</v>
       </c>
       <c r="D56" s="3">
         <v>15.520542082832501</v>
       </c>
     </row>
-    <row r="57" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="12">
         <v>2015</v>
       </c>
       <c r="B57" s="12">
         <v>9</v>
       </c>
       <c r="C57" s="3">
         <v>19.977276444433997</v>
       </c>
       <c r="D57" s="3">
         <v>23.982324663186102</v>
       </c>
     </row>
-    <row r="58" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" s="12">
         <v>2015</v>
       </c>
       <c r="B58" s="12">
         <v>10</v>
       </c>
       <c r="C58" s="3">
         <v>13.346399582030001</v>
       </c>
       <c r="D58" s="3">
         <v>26.746291747555102</v>
       </c>
     </row>
-    <row r="59" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="12">
         <v>2015</v>
       </c>
       <c r="B59" s="12">
         <v>11</v>
       </c>
       <c r="C59" s="3">
         <v>21.909300575327002</v>
       </c>
       <c r="D59" s="3">
         <v>21.997289734264101</v>
       </c>
     </row>
-    <row r="60" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A60" s="12">
         <v>2015</v>
       </c>
       <c r="B60" s="12">
         <v>12</v>
       </c>
       <c r="C60" s="3">
         <v>67.916578630540002</v>
       </c>
       <c r="D60" s="3">
         <v>30.455864856744398</v>
       </c>
     </row>
-    <row r="61" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" s="12">
         <v>2015</v>
       </c>
       <c r="B61" s="12">
         <v>13</v>
       </c>
       <c r="C61" s="3">
         <v>24.754974601488001</v>
       </c>
       <c r="D61" s="3">
         <v>27.9086523128388</v>
       </c>
     </row>
-    <row r="62" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" s="12">
         <v>2015</v>
       </c>
       <c r="B62" s="12">
         <v>14</v>
       </c>
       <c r="C62" s="3">
         <v>14.887196555340999</v>
       </c>
       <c r="D62" s="3">
         <v>22.7632974852309</v>
       </c>
     </row>
-    <row r="63" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A63" s="12">
         <v>2015</v>
       </c>
       <c r="B63" s="12">
         <v>15</v>
       </c>
       <c r="C63" s="3">
         <v>46.018974356743001</v>
       </c>
       <c r="D63" s="3">
         <v>32.136155277055202</v>
       </c>
     </row>
-    <row r="64" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A64" s="12">
         <v>2015</v>
       </c>
       <c r="B64" s="12">
         <v>16</v>
       </c>
       <c r="C64" s="3">
         <v>22.483401723113001</v>
       </c>
       <c r="D64" s="3">
         <v>24.359048454076898</v>
       </c>
     </row>
-    <row r="65" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A65" s="12">
         <v>2016</v>
       </c>
       <c r="B65" s="12">
         <v>1</v>
       </c>
       <c r="C65" s="3">
         <v>36.682099612727001</v>
       </c>
       <c r="D65" s="3">
         <v>28.0444186641644</v>
       </c>
     </row>
-    <row r="66" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A66" s="12">
         <v>2016</v>
       </c>
       <c r="B66" s="12">
         <v>2</v>
       </c>
       <c r="C66" s="3">
         <v>41.749818493601005</v>
       </c>
       <c r="D66" s="3">
         <v>25.519448956968802</v>
       </c>
     </row>
-    <row r="67" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A67" s="12">
         <v>2016</v>
       </c>
       <c r="B67" s="12">
         <v>3</v>
       </c>
       <c r="C67" s="3">
         <v>22.837591970898</v>
       </c>
       <c r="D67" s="3">
         <v>26.371353315124701</v>
       </c>
     </row>
-    <row r="68" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A68" s="12">
         <v>2016</v>
       </c>
       <c r="B68" s="12">
         <v>4</v>
       </c>
       <c r="C68" s="3">
         <v>9.8532278206120001</v>
       </c>
       <c r="D68" s="3">
         <v>13.609430691453001</v>
       </c>
     </row>
-    <row r="69" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A69" s="12">
         <v>2016</v>
       </c>
       <c r="B69" s="12">
         <v>5</v>
       </c>
       <c r="C69" s="3">
         <v>33.684151872624</v>
       </c>
       <c r="D69" s="3">
         <v>25.231574436422498</v>
       </c>
     </row>
-    <row r="70" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A70" s="12">
         <v>2016</v>
       </c>
       <c r="B70" s="12">
         <v>6</v>
       </c>
       <c r="C70" s="3">
         <v>43.422471033946003</v>
       </c>
       <c r="D70" s="3">
         <v>25.527613776570298</v>
       </c>
     </row>
-    <row r="71" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A71" s="12">
         <v>2016</v>
       </c>
       <c r="B71" s="12">
         <v>7</v>
       </c>
       <c r="C71" s="3">
         <v>87.704262481087994</v>
       </c>
       <c r="D71" s="3">
         <v>28.282574163524</v>
       </c>
     </row>
-    <row r="72" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A72" s="12">
         <v>2016</v>
       </c>
       <c r="B72" s="12">
         <v>8</v>
       </c>
       <c r="C72" s="3">
         <v>6.0512928647209998</v>
       </c>
       <c r="D72" s="3">
         <v>13.8791120750482</v>
       </c>
     </row>
-    <row r="73" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A73" s="12">
         <v>2016</v>
       </c>
       <c r="B73" s="12">
         <v>9</v>
       </c>
       <c r="C73" s="3">
         <v>24.093655951689001</v>
       </c>
       <c r="D73" s="3">
         <v>24.838820568751501</v>
       </c>
     </row>
-    <row r="74" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A74" s="12">
         <v>2016</v>
       </c>
       <c r="B74" s="12">
         <v>10</v>
       </c>
       <c r="C74" s="3">
         <v>14.304194864833999</v>
       </c>
       <c r="D74" s="3">
         <v>25.819846326415202</v>
       </c>
     </row>
-    <row r="75" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A75" s="12">
         <v>2016</v>
       </c>
       <c r="B75" s="12">
         <v>11</v>
       </c>
       <c r="C75" s="3">
         <v>23.778643616434</v>
       </c>
       <c r="D75" s="3">
         <v>20.968821531246899</v>
       </c>
     </row>
-    <row r="76" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A76" s="12">
         <v>2016</v>
       </c>
       <c r="B76" s="12">
         <v>12</v>
       </c>
       <c r="C76" s="3">
         <v>71.236530272688995</v>
       </c>
       <c r="D76" s="3">
         <v>28.4037202044215</v>
       </c>
     </row>
-    <row r="77" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A77" s="12">
         <v>2016</v>
       </c>
       <c r="B77" s="12">
         <v>13</v>
       </c>
       <c r="C77" s="3">
         <v>26.897868558433</v>
       </c>
       <c r="D77" s="3">
         <v>26.318853775374798</v>
       </c>
     </row>
-    <row r="78" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A78" s="12">
         <v>2016</v>
       </c>
       <c r="B78" s="12">
         <v>14</v>
       </c>
       <c r="C78" s="3">
         <v>16.561666895916002</v>
       </c>
       <c r="D78" s="3">
         <v>22.441283056796699</v>
       </c>
     </row>
-    <row r="79" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A79" s="12">
         <v>2016</v>
       </c>
       <c r="B79" s="12">
         <v>15</v>
       </c>
       <c r="C79" s="3">
         <v>49.628649224835996</v>
       </c>
       <c r="D79" s="3">
         <v>30.353913898982299</v>
       </c>
     </row>
-    <row r="80" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A80" s="12">
         <v>2016</v>
       </c>
       <c r="B80" s="12">
         <v>16</v>
       </c>
       <c r="C80" s="3">
         <v>30.853205191518999</v>
       </c>
       <c r="D80" s="3">
         <v>27.425071281350199</v>
       </c>
     </row>
-    <row r="81" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A81" s="12">
         <v>2017</v>
       </c>
       <c r="B81" s="12">
         <v>1</v>
       </c>
       <c r="C81" s="3">
         <v>41.508366996157996</v>
       </c>
       <c r="D81" s="3">
         <v>28.626459997350299</v>
       </c>
     </row>
-    <row r="82" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A82" s="12">
         <v>2017</v>
       </c>
       <c r="B82" s="12">
         <v>2</v>
       </c>
       <c r="C82" s="3">
         <v>50.267605405782</v>
       </c>
       <c r="D82" s="3">
         <v>29.090049424642398</v>
       </c>
     </row>
-    <row r="83" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A83" s="12">
         <v>2017</v>
       </c>
       <c r="B83" s="12">
         <v>3</v>
       </c>
       <c r="C83" s="3">
         <v>29.131355670660998</v>
       </c>
       <c r="D83" s="3">
         <v>25.757166817560599</v>
       </c>
     </row>
-    <row r="84" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A84" s="12">
         <v>2017</v>
       </c>
       <c r="B84" s="12">
         <v>4</v>
       </c>
       <c r="C84" s="3">
         <v>14.577257441076</v>
       </c>
       <c r="D84" s="3">
         <v>20.502471787729998</v>
       </c>
     </row>
-    <row r="85" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A85" s="12">
         <v>2017</v>
       </c>
       <c r="B85" s="12">
         <v>5</v>
       </c>
       <c r="C85" s="3">
         <v>35.482957708209</v>
       </c>
       <c r="D85" s="3">
         <v>26.460072862199102</v>
       </c>
     </row>
-    <row r="86" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A86" s="12">
         <v>2017</v>
       </c>
       <c r="B86" s="12">
         <v>6</v>
       </c>
       <c r="C86" s="3">
         <v>41.61495407924</v>
       </c>
       <c r="D86" s="3">
         <v>23.618021611373397</v>
       </c>
     </row>
-    <row r="87" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A87" s="12">
         <v>2017</v>
       </c>
       <c r="B87" s="12">
         <v>7</v>
       </c>
       <c r="C87" s="3">
         <v>90.003425700874004</v>
       </c>
       <c r="D87" s="3">
         <v>28.6909230796538</v>
       </c>
     </row>
-    <row r="88" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A88" s="12">
         <v>2017</v>
       </c>
       <c r="B88" s="12">
         <v>8</v>
       </c>
       <c r="C88" s="3">
         <v>6.4329783844790001</v>
       </c>
       <c r="D88" s="3">
         <v>14.8911536677755</v>
       </c>
     </row>
-    <row r="89" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A89" s="12">
         <v>2017</v>
       </c>
       <c r="B89" s="12">
         <v>9</v>
       </c>
       <c r="C89" s="3">
         <v>25.831251383120001</v>
       </c>
       <c r="D89" s="3">
         <v>24.392116509084001</v>
       </c>
     </row>
-    <row r="90" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A90" s="12">
         <v>2017</v>
       </c>
       <c r="B90" s="12">
         <v>10</v>
       </c>
       <c r="C90" s="3">
         <v>17.781092913982999</v>
       </c>
       <c r="D90" s="3">
         <v>30.816452190611798</v>
       </c>
     </row>
-    <row r="91" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A91" s="12">
         <v>2017</v>
       </c>
       <c r="B91" s="12">
         <v>11</v>
       </c>
       <c r="C91" s="3">
         <v>26.879535559937</v>
       </c>
       <c r="D91" s="3">
         <v>21.555361315105898</v>
       </c>
     </row>
-    <row r="92" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A92" s="12">
         <v>2017</v>
       </c>
       <c r="B92" s="12">
         <v>12</v>
       </c>
       <c r="C92" s="3">
         <v>65.077649154582005</v>
       </c>
       <c r="D92" s="3">
         <v>27.3320660036044</v>
       </c>
     </row>
-    <row r="93" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A93" s="12">
         <v>2017</v>
       </c>
       <c r="B93" s="12">
         <v>13</v>
       </c>
       <c r="C93" s="3">
         <v>28.902318779357</v>
       </c>
       <c r="D93" s="3">
         <v>27.499827573127497</v>
       </c>
     </row>
-    <row r="94" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A94" s="12">
         <v>2017</v>
       </c>
       <c r="B94" s="12">
         <v>14</v>
       </c>
       <c r="C94" s="3">
         <v>15.057401024625999</v>
       </c>
       <c r="D94" s="3">
         <v>19.4791733824398</v>
       </c>
     </row>
-    <row r="95" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A95" s="12">
         <v>2017</v>
       </c>
       <c r="B95" s="12">
         <v>15</v>
       </c>
       <c r="C95" s="3">
         <v>49.199432083702995</v>
       </c>
       <c r="D95" s="3">
         <v>27.954222774831301</v>
       </c>
     </row>
-    <row r="96" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A96" s="12">
         <v>2017</v>
       </c>
       <c r="B96" s="12">
         <v>16</v>
       </c>
       <c r="C96" s="3">
         <v>27.799781152731001</v>
       </c>
       <c r="D96" s="3">
         <v>24.236949566461199</v>
       </c>
     </row>
-    <row r="97" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A97" s="12">
         <v>2018</v>
       </c>
       <c r="B97" s="12">
         <v>1</v>
       </c>
       <c r="C97" s="3">
         <v>41.226294273648996</v>
       </c>
       <c r="D97" s="3">
         <v>27.356532364730601</v>
       </c>
     </row>
-    <row r="98" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A98" s="12">
         <v>2018</v>
       </c>
       <c r="B98" s="12">
         <v>2</v>
       </c>
       <c r="C98" s="3">
         <v>49.508528263233998</v>
       </c>
       <c r="D98" s="3">
         <v>27.024305820542597</v>
       </c>
     </row>
-    <row r="99" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A99" s="12">
         <v>2018</v>
       </c>
       <c r="B99" s="12">
         <v>3</v>
       </c>
       <c r="C99" s="3">
         <v>26.375778013912001</v>
       </c>
       <c r="D99" s="3">
         <v>25.657371608863798</v>
       </c>
     </row>
-    <row r="100" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A100" s="12">
         <v>2018</v>
       </c>
       <c r="B100" s="12">
         <v>4</v>
       </c>
       <c r="C100" s="3">
         <v>12.689728562435999</v>
       </c>
       <c r="D100" s="3">
         <v>17.6983661958661</v>
       </c>
     </row>
-    <row r="101" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A101" s="12">
         <v>2018</v>
       </c>
       <c r="B101" s="12">
         <v>5</v>
       </c>
       <c r="C101" s="3">
         <v>37.372776144865</v>
       </c>
       <c r="D101" s="3">
         <v>26.226509575343901</v>
       </c>
     </row>
-    <row r="102" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A102" s="12">
         <v>2018</v>
       </c>
       <c r="B102" s="12">
         <v>6</v>
       </c>
       <c r="C102" s="3">
         <v>41.141123140616003</v>
       </c>
       <c r="D102" s="3">
         <v>24.9189116539164</v>
       </c>
     </row>
-    <row r="103" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A103" s="12">
         <v>2018</v>
       </c>
       <c r="B103" s="12">
         <v>7</v>
       </c>
       <c r="C103" s="3">
         <v>85.958862340843012</v>
       </c>
       <c r="D103" s="3">
         <v>28.406762174766403</v>
       </c>
     </row>
-    <row r="104" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="104" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A104" s="12">
         <v>2018</v>
       </c>
       <c r="B104" s="12">
         <v>8</v>
       </c>
       <c r="C104" s="3">
         <v>6.4498856315230002</v>
       </c>
       <c r="D104" s="3">
         <v>14.526769440367099</v>
       </c>
     </row>
-    <row r="105" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A105" s="12">
         <v>2018</v>
       </c>
       <c r="B105" s="12">
         <v>9</v>
       </c>
       <c r="C105" s="3">
         <v>28.916964535831998</v>
       </c>
       <c r="D105" s="3">
         <v>26.949640760327998</v>
       </c>
     </row>
-    <row r="106" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A106" s="12">
         <v>2018</v>
       </c>
       <c r="B106" s="12">
         <v>10</v>
       </c>
       <c r="C106" s="3">
         <v>16.739702034851</v>
       </c>
       <c r="D106" s="3">
         <v>28.1813165569882</v>
       </c>
     </row>
-    <row r="107" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A107" s="12">
         <v>2018</v>
       </c>
       <c r="B107" s="12">
         <v>11</v>
       </c>
       <c r="C107" s="3">
         <v>29.199320795504999</v>
       </c>
       <c r="D107" s="3">
         <v>21.1130302209002</v>
       </c>
     </row>
-    <row r="108" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="108" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A108" s="12">
         <v>2018</v>
       </c>
       <c r="B108" s="12">
         <v>12</v>
       </c>
       <c r="C108" s="3">
         <v>81.909259346456011</v>
       </c>
       <c r="D108" s="3">
         <v>31.2630760864336</v>
       </c>
     </row>
-    <row r="109" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A109" s="12">
         <v>2018</v>
       </c>
       <c r="B109" s="12">
         <v>13</v>
       </c>
       <c r="C109" s="3">
         <v>28.907361433508999</v>
       </c>
       <c r="D109" s="3">
         <v>27.609705285108898</v>
       </c>
     </row>
-    <row r="110" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A110" s="12">
         <v>2018</v>
       </c>
       <c r="B110" s="12">
         <v>14</v>
       </c>
       <c r="C110" s="3">
         <v>18.452955358708003</v>
       </c>
       <c r="D110" s="3">
         <v>21.432003900938401</v>
       </c>
     </row>
-    <row r="111" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="111" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A111" s="12">
         <v>2018</v>
       </c>
       <c r="B111" s="12">
         <v>15</v>
       </c>
       <c r="C111" s="3">
         <v>46.977091478844997</v>
       </c>
       <c r="D111" s="3">
         <v>26.6159158520368</v>
       </c>
     </row>
-    <row r="112" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A112" s="12">
         <v>2018</v>
       </c>
       <c r="B112" s="12">
         <v>16</v>
       </c>
       <c r="C112" s="3">
         <v>26.010300281481999</v>
       </c>
       <c r="D112" s="3">
         <v>23.9285191181987</v>
       </c>
     </row>
-    <row r="113" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A113" s="12">
         <v>2019</v>
       </c>
       <c r="B113" s="12">
         <v>1</v>
       </c>
       <c r="C113" s="3">
         <v>48.118783533203001</v>
       </c>
       <c r="D113" s="3">
         <v>28.1231931812992</v>
       </c>
     </row>
-    <row r="114" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A114" s="12">
         <v>2019</v>
       </c>
       <c r="B114" s="12">
         <v>2</v>
       </c>
       <c r="C114" s="3">
         <v>46.323470345830998</v>
       </c>
       <c r="D114" s="3">
         <v>26.141913287714999</v>
       </c>
     </row>
-    <row r="115" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="115" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A115" s="12">
         <v>2019</v>
       </c>
       <c r="B115" s="12">
         <v>3</v>
       </c>
       <c r="C115" s="3">
         <v>29.365275668455002</v>
       </c>
       <c r="D115" s="3">
         <v>24.288896334536798</v>
       </c>
     </row>
-    <row r="116" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A116" s="12">
         <v>2019</v>
       </c>
       <c r="B116" s="12">
         <v>4</v>
       </c>
       <c r="C116" s="3">
         <v>17.012421749435997</v>
       </c>
       <c r="D116" s="3">
         <v>19.7131190607601</v>
       </c>
     </row>
-    <row r="117" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="117" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A117" s="12">
         <v>2019</v>
       </c>
       <c r="B117" s="12">
         <v>5</v>
       </c>
       <c r="C117" s="3">
         <v>38.159961553186001</v>
       </c>
       <c r="D117" s="3">
         <v>25.559250872863998</v>
       </c>
     </row>
-    <row r="118" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="118" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A118" s="12">
         <v>2019</v>
       </c>
       <c r="B118" s="12">
         <v>6</v>
       </c>
       <c r="C118" s="3">
         <v>42.242565745631005</v>
       </c>
       <c r="D118" s="3">
         <v>25.6326248456499</v>
       </c>
     </row>
-    <row r="119" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="119" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A119" s="12">
         <v>2019</v>
       </c>
       <c r="B119" s="12">
         <v>7</v>
       </c>
       <c r="C119" s="3">
         <v>85.973634607096997</v>
       </c>
       <c r="D119" s="3">
         <v>27.573327327484598</v>
       </c>
     </row>
-    <row r="120" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A120" s="12">
         <v>2019</v>
       </c>
       <c r="B120" s="12">
         <v>8</v>
       </c>
       <c r="C120" s="3">
         <v>6.3659039622120002</v>
       </c>
       <c r="D120" s="3">
         <v>12.125531356594299</v>
       </c>
     </row>
-    <row r="121" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A121" s="12">
         <v>2019</v>
       </c>
       <c r="B121" s="12">
         <v>9</v>
       </c>
       <c r="C121" s="3">
         <v>28.084910063749998</v>
       </c>
       <c r="D121" s="3">
         <v>26.247579498831801</v>
       </c>
     </row>
-    <row r="122" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="122" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A122" s="12">
         <v>2019</v>
       </c>
       <c r="B122" s="12">
         <v>10</v>
       </c>
       <c r="C122" s="3">
         <v>17.663921480516002</v>
       </c>
       <c r="D122" s="3">
         <v>27.773461447352201</v>
       </c>
     </row>
-    <row r="123" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="123" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A123" s="12">
         <v>2019</v>
       </c>
       <c r="B123" s="12">
         <v>11</v>
       </c>
       <c r="C123" s="3">
         <v>27.980306248704998</v>
       </c>
       <c r="D123" s="3">
         <v>18.803969253161998</v>
       </c>
     </row>
-    <row r="124" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="124" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A124" s="12">
         <v>2019</v>
       </c>
       <c r="B124" s="12">
         <v>12</v>
       </c>
       <c r="C124" s="3">
         <v>88.068531522620006</v>
       </c>
       <c r="D124" s="3">
         <v>30.357990873016199</v>
       </c>
     </row>
-    <row r="125" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="125" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A125" s="12">
         <v>2019</v>
       </c>
       <c r="B125" s="12">
         <v>13</v>
       </c>
       <c r="C125" s="3">
         <v>32.876574762147001</v>
       </c>
       <c r="D125" s="3">
         <v>28.220235847336497</v>
       </c>
     </row>
-    <row r="126" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="126" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A126" s="12">
         <v>2019</v>
       </c>
       <c r="B126" s="12">
         <v>14</v>
       </c>
       <c r="C126" s="3">
         <v>21.195752115122001</v>
       </c>
       <c r="D126" s="3">
         <v>22.405657626978901</v>
       </c>
     </row>
-    <row r="127" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="127" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A127" s="12">
         <v>2019</v>
       </c>
       <c r="B127" s="12">
         <v>15</v>
       </c>
       <c r="C127" s="3">
         <v>48.525988343160002</v>
       </c>
       <c r="D127" s="3">
         <v>25.221407662765102</v>
       </c>
     </row>
-    <row r="128" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="128" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A128" s="12">
         <v>2019</v>
       </c>
       <c r="B128" s="12">
         <v>16</v>
       </c>
       <c r="C128" s="3">
         <v>28.343101817430998</v>
       </c>
       <c r="D128" s="3">
         <v>22.987106096862099</v>
       </c>
     </row>
-    <row r="129" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="129" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A129" s="12">
         <v>2020</v>
       </c>
       <c r="B129" s="12">
         <v>1</v>
       </c>
       <c r="C129" s="3">
         <v>40.822484573990003</v>
       </c>
       <c r="D129" s="3">
         <v>26.874578389723503</v>
       </c>
     </row>
-    <row r="130" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="130" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A130" s="12">
         <v>2020</v>
       </c>
       <c r="B130" s="12">
         <v>2</v>
       </c>
       <c r="C130" s="3">
         <v>33.428762986678997</v>
       </c>
       <c r="D130" s="3">
         <v>24.707141897028102</v>
       </c>
     </row>
-    <row r="131" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A131" s="12">
         <v>2020</v>
       </c>
       <c r="B131" s="12">
         <v>3</v>
       </c>
       <c r="C131" s="3">
         <v>25.741177614601</v>
       </c>
       <c r="D131" s="3">
         <v>27.738337946768301</v>
       </c>
     </row>
-    <row r="132" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A132" s="12">
         <v>2020</v>
       </c>
       <c r="B132" s="12">
         <v>4</v>
       </c>
       <c r="C132" s="3">
         <v>13.863226658018</v>
       </c>
       <c r="D132" s="3">
         <v>19.498209083007001</v>
       </c>
     </row>
-    <row r="133" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="133" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A133" s="12">
         <v>2020</v>
       </c>
       <c r="B133" s="12">
         <v>5</v>
       </c>
       <c r="C133" s="3">
         <v>32.245588105869999</v>
       </c>
       <c r="D133" s="3">
         <v>27.188522854865099</v>
       </c>
     </row>
-    <row r="134" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="134" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A134" s="12">
         <v>2020</v>
       </c>
       <c r="B134" s="12">
         <v>6</v>
       </c>
       <c r="C134" s="3">
         <v>35.034267547551998</v>
       </c>
       <c r="D134" s="3">
         <v>24.706817734521902</v>
       </c>
     </row>
-    <row r="135" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A135" s="12">
         <v>2020</v>
       </c>
       <c r="B135" s="12">
         <v>7</v>
       </c>
       <c r="C135" s="3">
         <v>68.962022538751</v>
       </c>
       <c r="D135" s="3">
         <v>25.2146334693788</v>
       </c>
     </row>
-    <row r="136" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="136" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A136" s="12">
         <v>2020</v>
       </c>
       <c r="B136" s="12">
         <v>8</v>
       </c>
       <c r="C136" s="3">
         <v>5.3824398410170007</v>
       </c>
       <c r="D136" s="3">
         <v>11.675574492444701</v>
       </c>
     </row>
-    <row r="137" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="137" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A137" s="12">
         <v>2020</v>
       </c>
       <c r="B137" s="12">
         <v>9</v>
       </c>
       <c r="C137" s="3">
         <v>21.027094020458001</v>
       </c>
       <c r="D137" s="3">
         <v>26.055878587928099</v>
       </c>
     </row>
-    <row r="138" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="138" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A138" s="12">
         <v>2020</v>
       </c>
       <c r="B138" s="12">
         <v>10</v>
       </c>
       <c r="C138" s="3">
         <v>16.118726522759999</v>
       </c>
       <c r="D138" s="3">
         <v>27.983900213125001</v>
       </c>
     </row>
-    <row r="139" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="139" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A139" s="12">
         <v>2020</v>
       </c>
       <c r="B139" s="12">
         <v>11</v>
       </c>
       <c r="C139" s="3">
         <v>25.991590532010001</v>
       </c>
       <c r="D139" s="3">
         <v>22.026771637296598</v>
       </c>
     </row>
-    <row r="140" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="140" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A140" s="12">
         <v>2020</v>
       </c>
       <c r="B140" s="12">
         <v>12</v>
       </c>
       <c r="C140" s="3">
         <v>72.558377065211999</v>
       </c>
       <c r="D140" s="3">
         <v>29.519274640037402</v>
       </c>
     </row>
-    <row r="141" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="141" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A141" s="12">
         <v>2020</v>
       </c>
       <c r="B141" s="12">
         <v>13</v>
       </c>
       <c r="C141" s="3">
         <v>22.417964365911001</v>
       </c>
       <c r="D141" s="3">
         <v>26.498775846230497</v>
       </c>
     </row>
-    <row r="142" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="142" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A142" s="12">
         <v>2020</v>
       </c>
       <c r="B142" s="12">
         <v>14</v>
       </c>
       <c r="C142" s="3">
         <v>14.482784398443</v>
       </c>
       <c r="D142" s="3">
         <v>21.081199997733602</v>
       </c>
     </row>
-    <row r="143" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="143" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A143" s="12">
         <v>2020</v>
       </c>
       <c r="B143" s="12">
         <v>15</v>
       </c>
       <c r="C143" s="3">
         <v>39.818080197701001</v>
       </c>
       <c r="D143" s="3">
         <v>25.973959685388799</v>
       </c>
     </row>
-    <row r="144" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="144" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A144" s="12">
         <v>2020</v>
       </c>
       <c r="B144" s="12">
         <v>16</v>
       </c>
       <c r="C144" s="3">
         <v>23.842604883076998</v>
       </c>
       <c r="D144" s="3">
         <v>24.529428892054501</v>
       </c>
     </row>
-    <row r="145" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="145" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A145" s="12">
         <v>2021</v>
       </c>
       <c r="B145" s="12">
         <v>1</v>
       </c>
       <c r="C145" s="3">
         <v>42.396149639017999</v>
       </c>
       <c r="D145" s="3">
         <v>24.9535901347958</v>
       </c>
     </row>
-    <row r="146" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="146" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A146" s="12">
         <v>2021</v>
       </c>
       <c r="B146" s="12">
         <v>2</v>
       </c>
       <c r="C146" s="3">
         <v>40.209815915015</v>
       </c>
       <c r="D146" s="3">
         <v>26.332557901123099</v>
       </c>
     </row>
-    <row r="147" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="147" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A147" s="12">
         <v>2021</v>
       </c>
       <c r="B147" s="12">
         <v>3</v>
       </c>
       <c r="C147" s="3">
         <v>33.508136866656997</v>
       </c>
       <c r="D147" s="3">
         <v>28.205502413010901</v>
       </c>
     </row>
-    <row r="148" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="148" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A148" s="12">
         <v>2021</v>
       </c>
       <c r="B148" s="12">
         <v>4</v>
       </c>
       <c r="C148" s="3">
         <v>17.865435404412999</v>
       </c>
       <c r="D148" s="3">
         <v>19.719023625179901</v>
       </c>
     </row>
-    <row r="149" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="149" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A149" s="12">
         <v>2021</v>
       </c>
       <c r="B149" s="12">
         <v>5</v>
       </c>
       <c r="C149" s="3">
         <v>38.406218293641999</v>
       </c>
       <c r="D149" s="3">
         <v>25.350639137717497</v>
       </c>
     </row>
-    <row r="150" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="150" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A150" s="12">
         <v>2021</v>
       </c>
       <c r="B150" s="12">
         <v>6</v>
       </c>
       <c r="C150" s="3">
         <v>42.139726015600999</v>
       </c>
       <c r="D150" s="3">
         <v>25.632436749149001</v>
       </c>
     </row>
-    <row r="151" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="151" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A151" s="12">
         <v>2021</v>
       </c>
       <c r="B151" s="12">
         <v>7</v>
       </c>
       <c r="C151" s="3">
         <v>77.878943269896993</v>
       </c>
       <c r="D151" s="3">
         <v>24.352390015602598</v>
       </c>
     </row>
-    <row r="152" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="152" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A152" s="12">
         <v>2021</v>
       </c>
       <c r="B152" s="12">
         <v>8</v>
       </c>
       <c r="C152" s="3">
         <v>6.3013359863379996</v>
       </c>
       <c r="D152" s="3">
         <v>12.755740863032401</v>
       </c>
     </row>
-    <row r="153" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="153" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A153" s="12">
         <v>2021</v>
       </c>
       <c r="B153" s="12">
         <v>9</v>
       </c>
       <c r="C153" s="3">
         <v>23.616711454252002</v>
       </c>
       <c r="D153" s="3">
         <v>23.903554103493903</v>
       </c>
     </row>
-    <row r="154" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="154" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A154" s="12">
         <v>2021</v>
       </c>
       <c r="B154" s="12">
         <v>10</v>
       </c>
       <c r="C154" s="3">
         <v>20.082585436384001</v>
       </c>
       <c r="D154" s="3">
         <v>28.771612373043002</v>
       </c>
     </row>
-    <row r="155" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="155" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A155" s="12">
         <v>2021</v>
       </c>
       <c r="B155" s="12">
         <v>11</v>
       </c>
       <c r="C155" s="3">
         <v>28.408722691257999</v>
       </c>
       <c r="D155" s="3">
         <v>19.866239644236401</v>
       </c>
     </row>
-    <row r="156" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="156" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A156" s="12">
         <v>2021</v>
       </c>
       <c r="B156" s="12">
         <v>12</v>
       </c>
       <c r="C156" s="3">
         <v>80.640675370739004</v>
       </c>
       <c r="D156" s="3">
         <v>27.903347879148402</v>
       </c>
     </row>
-    <row r="157" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="157" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A157" s="12">
         <v>2021</v>
       </c>
       <c r="B157" s="12">
         <v>13</v>
       </c>
       <c r="C157" s="3">
         <v>29.258976476200001</v>
       </c>
       <c r="D157" s="3">
         <v>24.795742776440701</v>
       </c>
     </row>
-    <row r="158" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="158" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A158" s="12">
         <v>2021</v>
       </c>
       <c r="B158" s="12">
         <v>14</v>
       </c>
       <c r="C158" s="3">
         <v>19.720024678699001</v>
       </c>
       <c r="D158" s="3">
         <v>24.315690109369903</v>
       </c>
     </row>
-    <row r="159" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="159" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A159" s="12">
         <v>2021</v>
       </c>
       <c r="B159" s="12">
         <v>15</v>
       </c>
       <c r="C159" s="3">
         <v>47.423366535874997</v>
       </c>
       <c r="D159" s="3">
         <v>26.508309969745699</v>
       </c>
     </row>
-    <row r="160" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="160" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A160" s="12">
         <v>2021</v>
       </c>
       <c r="B160" s="12">
         <v>16</v>
       </c>
       <c r="C160" s="3">
         <v>29.118872230482001</v>
       </c>
       <c r="D160" s="3">
         <v>24.285965163037503</v>
       </c>
     </row>
-    <row r="161" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="161" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A161" s="12">
         <v>2022</v>
       </c>
       <c r="B161" s="12">
         <v>1</v>
       </c>
       <c r="C161" s="3">
         <v>56.640980427764994</v>
       </c>
       <c r="D161" s="3">
         <v>26.933419128751801</v>
       </c>
     </row>
-    <row r="162" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="162" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A162" s="12">
         <v>2022</v>
       </c>
       <c r="B162" s="12">
         <v>2</v>
       </c>
       <c r="C162" s="3">
         <v>52.358438123202006</v>
       </c>
       <c r="D162" s="3">
         <v>28.502143779641798</v>
       </c>
     </row>
-    <row r="163" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="163" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A163" s="12">
         <v>2022</v>
       </c>
       <c r="B163" s="12">
         <v>3</v>
       </c>
       <c r="C163" s="3">
         <v>45.961780534252</v>
       </c>
       <c r="D163" s="3">
         <v>29.7679925739974</v>
       </c>
     </row>
-    <row r="164" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="164" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A164" s="12">
         <v>2022</v>
       </c>
       <c r="B164" s="12">
         <v>4</v>
       </c>
       <c r="C164" s="3">
         <v>24.321236473820999</v>
       </c>
       <c r="D164" s="3">
         <v>22.6033796225102</v>
       </c>
     </row>
-    <row r="165" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="165" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A165" s="12">
         <v>2022</v>
       </c>
       <c r="B165" s="12">
         <v>5</v>
       </c>
       <c r="C165" s="3">
         <v>45.949397881753001</v>
       </c>
       <c r="D165" s="3">
         <v>26.137313925911801</v>
       </c>
     </row>
-    <row r="166" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="166" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A166" s="12">
         <v>2022</v>
       </c>
       <c r="B166" s="12">
         <v>6</v>
       </c>
       <c r="C166" s="3">
         <v>47.993819473791007</v>
       </c>
       <c r="D166" s="3">
         <v>26.545254133734002</v>
       </c>
     </row>
-    <row r="167" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="167" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A167" s="12">
         <v>2022</v>
       </c>
       <c r="B167" s="12">
         <v>7</v>
       </c>
       <c r="C167" s="3">
         <v>111.712365863144</v>
       </c>
       <c r="D167" s="3">
         <v>28.534448496333102</v>
       </c>
     </row>
-    <row r="168" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="168" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A168" s="12">
         <v>2022</v>
       </c>
       <c r="B168" s="12">
         <v>8</v>
       </c>
       <c r="C168" s="3">
         <v>6.0673139775270002</v>
       </c>
       <c r="D168" s="3">
         <v>11.469402604020798</v>
       </c>
     </row>
-    <row r="169" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="169" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A169" s="12">
         <v>2022</v>
       </c>
       <c r="B169" s="12">
         <v>9</v>
       </c>
       <c r="C169" s="3">
         <v>41.652164788341004</v>
       </c>
       <c r="D169" s="3">
         <v>31.771292744729998</v>
       </c>
     </row>
-    <row r="170" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="170" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A170" s="12">
         <v>2022</v>
       </c>
       <c r="B170" s="12">
         <v>10</v>
       </c>
       <c r="C170" s="3">
         <v>32.202703824551996</v>
       </c>
       <c r="D170" s="3">
         <v>33.933302238727094</v>
       </c>
     </row>
-    <row r="171" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="171" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A171" s="12">
         <v>2022</v>
       </c>
       <c r="B171" s="12">
         <v>11</v>
       </c>
       <c r="C171" s="3">
         <v>38.236722043566004</v>
       </c>
       <c r="D171" s="3">
         <v>23.0619553941894</v>
       </c>
     </row>
-    <row r="172" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="172" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A172" s="12">
         <v>2022</v>
       </c>
       <c r="B172" s="12">
         <v>12</v>
       </c>
       <c r="C172" s="3">
         <v>108.26468592316199</v>
       </c>
       <c r="D172" s="3">
         <v>30.233087384295398</v>
       </c>
     </row>
-    <row r="173" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="173" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A173" s="12">
         <v>2022</v>
       </c>
       <c r="B173" s="12">
         <v>13</v>
       </c>
       <c r="C173" s="3">
         <v>33.753863439236</v>
       </c>
       <c r="D173" s="3">
         <v>26.349620171144402</v>
       </c>
     </row>
-    <row r="174" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="174" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A174" s="12">
         <v>2022</v>
       </c>
       <c r="B174" s="12">
         <v>14</v>
       </c>
       <c r="C174" s="3">
         <v>19.180448113083003</v>
       </c>
       <c r="D174" s="3">
         <v>20.189945382192601</v>
       </c>
     </row>
-    <row r="175" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="175" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A175" s="12">
         <v>2022</v>
       </c>
       <c r="B175" s="12">
         <v>15</v>
       </c>
       <c r="C175" s="3">
         <v>54.194893863578997</v>
       </c>
       <c r="D175" s="3">
         <v>25.6726167046798</v>
       </c>
     </row>
-    <row r="176" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="176" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A176" s="12">
         <v>2022</v>
       </c>
       <c r="B176" s="12">
         <v>16</v>
       </c>
       <c r="C176" s="3">
         <v>34.587428180829001</v>
       </c>
       <c r="D176" s="3">
         <v>26.4632197251943</v>
       </c>
     </row>
-    <row r="177" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="177" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A177" s="15">
         <v>2023</v>
       </c>
       <c r="B177" s="15">
         <v>1</v>
       </c>
       <c r="C177" s="3">
         <v>57.261085765630995</v>
       </c>
       <c r="D177" s="3">
         <v>27.410763889722798</v>
       </c>
     </row>
-    <row r="178" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="178" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A178" s="2">
         <v>2023</v>
       </c>
       <c r="B178" s="2">
         <v>2</v>
       </c>
       <c r="C178" s="3">
         <v>64.615968767108996</v>
       </c>
       <c r="D178" s="3">
         <v>31.428000373107501</v>
       </c>
     </row>
-    <row r="179" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="179" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A179" s="2">
         <v>2023</v>
       </c>
       <c r="B179" s="2">
         <v>3</v>
       </c>
       <c r="C179" s="3">
         <v>59.837046675277001</v>
       </c>
       <c r="D179" s="3">
         <v>31.693350993261102</v>
       </c>
     </row>
-    <row r="180" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="180" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A180" s="2">
         <v>2023</v>
       </c>
       <c r="B180" s="2">
         <v>4</v>
       </c>
       <c r="C180" s="3">
         <v>30.629178400004001</v>
       </c>
       <c r="D180" s="3">
         <v>25.292467712637499</v>
       </c>
     </row>
-    <row r="181" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="181" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A181" s="2">
         <v>2023</v>
       </c>
       <c r="B181" s="2">
         <v>5</v>
       </c>
       <c r="C181" s="3">
         <v>54.640602157425</v>
       </c>
       <c r="D181" s="3">
         <v>27.076611574541598</v>
       </c>
     </row>
-    <row r="182" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="182" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A182" s="2">
         <v>2023</v>
       </c>
       <c r="B182" s="2">
         <v>6</v>
       </c>
       <c r="C182" s="3">
         <v>52.283028174484002</v>
       </c>
       <c r="D182" s="3">
         <v>26.798066721929299</v>
       </c>
     </row>
-    <row r="183" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="183" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A183" s="2">
         <v>2023</v>
       </c>
       <c r="B183" s="2">
         <v>7</v>
       </c>
       <c r="C183" s="3">
         <v>122.27737424019399</v>
       </c>
       <c r="D183" s="3">
         <v>28.737338246814097</v>
       </c>
     </row>
-    <row r="184" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="184" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A184" s="2">
         <v>2023</v>
       </c>
       <c r="B184" s="2">
         <v>8</v>
       </c>
       <c r="C184" s="3">
         <v>6.8459986347780006</v>
       </c>
       <c r="D184" s="3">
         <v>11.259866175621701</v>
       </c>
     </row>
-    <row r="185" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="185" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A185" s="2">
         <v>2023</v>
       </c>
       <c r="B185" s="2">
         <v>9</v>
       </c>
       <c r="C185" s="3">
         <v>46.154822903623</v>
       </c>
       <c r="D185" s="3">
         <v>30.728910055674401</v>
       </c>
     </row>
-    <row r="186" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="186" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A186" s="2">
         <v>2023</v>
       </c>
       <c r="B186" s="2">
         <v>10</v>
       </c>
       <c r="C186" s="3">
         <v>32.148960285130002</v>
       </c>
       <c r="D186" s="3">
         <v>31.426158636490701</v>
       </c>
     </row>
-    <row r="187" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="187" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A187" s="2">
         <v>2023</v>
       </c>
       <c r="B187" s="2">
         <v>11</v>
       </c>
       <c r="C187" s="3">
         <v>43.135869759738</v>
       </c>
       <c r="D187" s="3">
         <v>24.370547886857601</v>
       </c>
     </row>
-    <row r="188" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="188" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A188" s="2">
         <v>2023</v>
       </c>
       <c r="B188" s="2">
         <v>12</v>
       </c>
       <c r="C188" s="3">
         <v>112.69241587018301</v>
       </c>
       <c r="D188" s="3">
         <v>30.531675933400997</v>
       </c>
     </row>
-    <row r="189" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="189" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A189" s="2">
         <v>2023</v>
       </c>
       <c r="B189" s="2">
         <v>13</v>
       </c>
       <c r="C189" s="3">
         <v>34.315413718005004</v>
       </c>
       <c r="D189" s="3">
         <v>26.725400091904202</v>
       </c>
     </row>
-    <row r="190" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="190" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A190" s="2">
         <v>2023</v>
       </c>
       <c r="B190" s="2">
         <v>14</v>
       </c>
       <c r="C190" s="3">
         <v>23.332750495916002</v>
       </c>
       <c r="D190" s="3">
         <v>19.656908589651202</v>
       </c>
     </row>
-    <row r="191" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="191" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A191" s="2">
         <v>2023</v>
       </c>
       <c r="B191" s="2">
         <v>15</v>
       </c>
       <c r="C191" s="3">
         <v>61.610603077017004</v>
       </c>
       <c r="D191" s="3">
         <v>27.8907211756528</v>
       </c>
     </row>
-    <row r="192" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="192" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A192" s="2">
         <v>2023</v>
       </c>
       <c r="B192" s="2">
         <v>16</v>
       </c>
       <c r="C192" s="3">
         <v>34.952065766019999</v>
       </c>
       <c r="D192" s="3">
         <v>26.803731415659499</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A15:I15"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="0" orientation="portrait" horizontalDpi="0" verticalDpi="0" copies="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2A8A0136-12A6-4D84-85E6-4DD029FD81EB}">
   <dimension ref="A1:L9"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection sqref="A1:K1"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="H16" sqref="H16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A1" s="17" t="s">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1" s="19" t="s">
         <v>63</v>
       </c>
-      <c r="B1" s="17"/>
-[...10 lines deleted...]
-    <row r="2" spans="1:12" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="B1" s="19"/>
+      <c r="C1" s="19"/>
+      <c r="D1" s="19"/>
+      <c r="E1" s="19"/>
+      <c r="F1" s="19"/>
+      <c r="G1" s="19"/>
+      <c r="H1" s="19"/>
+      <c r="I1" s="19"/>
+      <c r="J1" s="19"/>
+      <c r="K1" s="19"/>
+    </row>
+    <row r="2" spans="1:12" ht="90" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>52</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>53</v>
       </c>
       <c r="D2" s="7" t="s">
         <v>54</v>
       </c>
       <c r="E2" s="7" t="s">
         <v>55</v>
       </c>
       <c r="F2" s="7" t="s">
         <v>56</v>
       </c>
       <c r="G2" s="7" t="s">
         <v>57</v>
       </c>
       <c r="H2" s="7" t="s">
         <v>58</v>
       </c>
       <c r="I2" s="7" t="s">
         <v>59</v>
       </c>
       <c r="J2" s="7" t="s">
         <v>60</v>
       </c>
       <c r="K2" s="7" t="s">
         <v>61</v>
       </c>
       <c r="L2" s="7" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A3" s="2">
         <v>2013</v>
       </c>
       <c r="B3" s="2">
-        <v>9685</v>
+        <v>10049</v>
       </c>
       <c r="C3" s="2">
-        <v>9265</v>
+        <v>9292</v>
       </c>
       <c r="D3" s="2">
-        <v>8656</v>
+        <v>8684</v>
       </c>
       <c r="E3" s="2">
-        <v>8181</v>
+        <v>8210</v>
       </c>
       <c r="F3" s="2">
-        <v>7696</v>
+        <v>7731</v>
       </c>
       <c r="G3" s="2">
-        <v>7281</v>
-[...17 lines deleted...]
-    <row r="4" spans="1:12" x14ac:dyDescent="0.3">
+        <v>7315</v>
+      </c>
+      <c r="H3" s="16">
+        <v>0.92</v>
+      </c>
+      <c r="I3" s="16">
+        <v>0.86</v>
+      </c>
+      <c r="J3" s="16">
+        <v>0.82</v>
+      </c>
+      <c r="K3" s="16">
+        <v>0.77</v>
+      </c>
+      <c r="L3" s="16">
+        <v>0.73</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A4" s="2">
         <v>2014</v>
       </c>
       <c r="B4" s="2">
-        <v>10381</v>
+        <v>10676</v>
       </c>
       <c r="C4" s="2">
-        <v>9946</v>
+        <v>9965</v>
       </c>
       <c r="D4" s="2">
-        <v>9262</v>
+        <v>9297</v>
       </c>
       <c r="E4" s="2">
-        <v>8734</v>
+        <v>8756</v>
       </c>
       <c r="F4" s="2">
-        <v>8243</v>
+        <v>8274</v>
       </c>
       <c r="G4" s="2">
-        <v>7786</v>
-[...17 lines deleted...]
-    <row r="5" spans="1:12" x14ac:dyDescent="0.3">
+        <v>7811</v>
+      </c>
+      <c r="H4" s="16">
+        <v>0.93</v>
+      </c>
+      <c r="I4" s="16">
+        <v>0.87</v>
+      </c>
+      <c r="J4" s="16">
+        <v>0.82</v>
+      </c>
+      <c r="K4" s="16">
+        <v>0.78</v>
+      </c>
+      <c r="L4" s="16">
+        <v>0.73</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
         <v>2015</v>
       </c>
       <c r="B5" s="2">
         <v>13441</v>
       </c>
       <c r="C5" s="2">
-        <v>12919</v>
+        <v>12962</v>
       </c>
       <c r="D5" s="2">
-        <v>12199</v>
+        <v>12229</v>
       </c>
       <c r="E5" s="2">
-        <v>11525</v>
+        <v>11557</v>
       </c>
       <c r="F5" s="2">
-        <v>10890</v>
+        <v>10924</v>
       </c>
       <c r="G5" s="2">
-        <v>10328</v>
-[...17 lines deleted...]
-    <row r="6" spans="1:12" x14ac:dyDescent="0.3">
+        <v>10366</v>
+      </c>
+      <c r="H5" s="16">
+        <v>0.96</v>
+      </c>
+      <c r="I5" s="16">
+        <v>0.91</v>
+      </c>
+      <c r="J5" s="16">
+        <v>0.86</v>
+      </c>
+      <c r="K5" s="16">
+        <v>0.81</v>
+      </c>
+      <c r="L5" s="16">
+        <v>0.77</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
         <v>2016</v>
       </c>
       <c r="B6" s="2">
-        <v>15478</v>
+        <v>15426</v>
       </c>
       <c r="C6" s="2">
-        <v>14923</v>
+        <v>14962</v>
       </c>
       <c r="D6" s="2">
-        <v>14115</v>
+        <v>14155</v>
       </c>
       <c r="E6" s="2">
-        <v>13410</v>
+        <v>13444</v>
       </c>
       <c r="F6" s="2">
-        <v>12722</v>
+        <v>12754</v>
       </c>
       <c r="G6" s="2">
-        <v>11940</v>
-[...17 lines deleted...]
-    <row r="7" spans="1:12" x14ac:dyDescent="0.3">
+        <v>11986</v>
+      </c>
+      <c r="H6" s="16">
+        <v>0.97</v>
+      </c>
+      <c r="I6" s="16">
+        <v>0.92</v>
+      </c>
+      <c r="J6" s="16">
+        <v>0.87</v>
+      </c>
+      <c r="K6" s="16">
+        <v>0.83</v>
+      </c>
+      <c r="L6" s="16">
+        <v>0.78</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
         <v>2017</v>
       </c>
       <c r="B7" s="2">
-        <v>16323</v>
+        <v>16409</v>
       </c>
       <c r="C7" s="2">
-        <v>15808</v>
+        <v>15853</v>
       </c>
       <c r="D7" s="2">
-        <v>14984</v>
+        <v>15021</v>
       </c>
       <c r="E7" s="2">
-        <v>14251</v>
+        <v>14286</v>
       </c>
       <c r="F7" s="2">
-        <v>13476</v>
+        <v>13507</v>
       </c>
       <c r="G7" s="2">
-        <v>12782</v>
-[...17 lines deleted...]
-    <row r="8" spans="1:12" x14ac:dyDescent="0.3">
+        <v>12812</v>
+      </c>
+      <c r="H7" s="16">
+        <v>0.97</v>
+      </c>
+      <c r="I7" s="16">
+        <v>0.92</v>
+      </c>
+      <c r="J7" s="16">
+        <v>0.87</v>
+      </c>
+      <c r="K7" s="16">
+        <v>0.82</v>
+      </c>
+      <c r="L7" s="16">
+        <v>0.78</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A8" s="2">
         <v>2018</v>
       </c>
       <c r="B8" s="2">
-        <v>16799</v>
+        <v>16743</v>
       </c>
       <c r="C8" s="2">
-        <v>16211</v>
+        <v>16250</v>
       </c>
       <c r="D8" s="2">
-        <v>15319</v>
+        <v>15362</v>
       </c>
       <c r="E8" s="2">
-        <v>14421</v>
+        <v>14464</v>
       </c>
       <c r="F8" s="2">
-        <v>13596</v>
+        <v>13642</v>
       </c>
       <c r="G8" s="2">
-        <v>12903</v>
-[...17 lines deleted...]
-    <row r="9" spans="1:12" x14ac:dyDescent="0.3">
+        <v>12941</v>
+      </c>
+      <c r="H8" s="16">
+        <v>0.97</v>
+      </c>
+      <c r="I8" s="16">
+        <v>0.92</v>
+      </c>
+      <c r="J8" s="16">
+        <v>0.86</v>
+      </c>
+      <c r="K8" s="16">
+        <v>0.81</v>
+      </c>
+      <c r="L8" s="16">
+        <v>0.77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
         <v>2019</v>
       </c>
       <c r="B9" s="2">
-        <v>17962</v>
+        <v>17932</v>
       </c>
       <c r="C9" s="2">
-        <v>17339</v>
+        <v>17380</v>
       </c>
       <c r="D9" s="2">
-        <v>16286</v>
+        <v>16328</v>
       </c>
       <c r="E9" s="2">
-        <v>15425</v>
+        <v>15469</v>
       </c>
       <c r="F9" s="2">
-        <v>14693</v>
+        <v>14733</v>
       </c>
       <c r="G9" s="2">
-        <v>14044</v>
-[...14 lines deleted...]
-        <v>0.78187284266785395</v>
+        <v>14071</v>
+      </c>
+      <c r="H9" s="16">
+        <v>0.97</v>
+      </c>
+      <c r="I9" s="16">
+        <v>0.91</v>
+      </c>
+      <c r="J9" s="16">
+        <v>0.86</v>
+      </c>
+      <c r="K9" s="16">
+        <v>0.82</v>
+      </c>
+      <c r="L9" s="16">
+        <v>0.78</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:K1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:A14"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A18" sqref="A18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="182.33203125" style="6" customWidth="1"/>
+    <col min="1" max="1" width="182.28515625" style="6" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A1" s="10" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="2" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="3" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
     </row>
-    <row r="4" spans="1:1" ht="72" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:1" ht="90" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A5" s="5" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="6" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
     </row>
-    <row r="7" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
     </row>
-    <row r="8" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="9" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A9" s="1"/>
     </row>
-    <row r="10" spans="1:1" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:1" ht="30" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="13" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A13" s="19" t="s">
+    <row r="13" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A13" s="17" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="14" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="0" orientation="portrait" horizontalDpi="0" verticalDpi="0" copies="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>